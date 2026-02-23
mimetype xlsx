--- v0 (2026-02-02)
+++ v1 (2026-02-23)
@@ -3,89 +3,89 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\166243\AppData\Roaming\OpenText\OTEdit\dokit_i_skane_se-otcs\c82178835\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FEE1332-53C0-44BE-BC5F-697E37415CFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{410CEE52-AC96-41BB-A7AC-0F874B659A7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F7C429B2-94FE-4F3B-97E1-44F196DD14F0}"/>
+    <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="12432" xr2:uid="{F7C429B2-94FE-4F3B-97E1-44F196DD14F0}"/>
   </bookViews>
   <sheets>
     <sheet name="Förteckning" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Förteckning!$A$1:$I$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Förteckning!$A$1:$I$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="113">
   <si>
     <t>ID beställning</t>
   </si>
   <si>
     <t>Berört MDO</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Datum beställning</t>
   </si>
   <si>
     <t>Datum driftsättning</t>
   </si>
   <si>
     <t>Masterdata-förvaltning Devops ID</t>
   </si>
   <si>
     <t>Förändring</t>
   </si>
   <si>
     <t>Bakgrund och syfte</t>
   </si>
   <si>
@@ -401,160 +401,270 @@
   </si>
   <si>
     <t>För att processen för verksamhetsförvaltningen av vårdgivarstukturen ska fungera och enheterna kan byggas i SDV.</t>
   </si>
   <si>
     <t>Avser följande attribut, se metadata i MDP för detaljer:
 Möjlig MAVE för SV-patient
 MAVE förinställd typning
 Tidbok
 Mobil självincheckning
 Vårdbegärankrav 
 Remisskod
 Remittent
 Remissmottagare
 Vårdområde
 Akutvårdsenhet</t>
   </si>
   <si>
     <t>Alternativ lösning skicka VKO rapport</t>
   </si>
   <si>
     <t>Driftsäker leveransmetod av exportfil. Exportfilen utgör integration där SDV läser in vårdtjänstkoder med mappningar från Masterdataplattformen. Tidigare har leverans skett via mail, men här finns en teknisk begränsning som gör att vi inte kan skicka filer större än 30 MB. Därför behövs en leveransmetod som är driftsäker. Idag hanteras uttag av filen manuellt.</t>
   </si>
   <si>
     <t xml:space="preserve">Exportfil x 2 (full rapport och deltarapport) levereras av rtjp och hämtas via FileZilla. </t>
+  </si>
+  <si>
+    <t>RITM1192552</t>
+  </si>
+  <si>
+    <t>Revision av datakvalitetsregler</t>
+  </si>
+  <si>
+    <t>En fullständig genomgång av samtliga datakvalitetsregler för vårdgivarstrukturen har genomförts som leder till ett antal justeringar som måste göras.</t>
+  </si>
+  <si>
+    <t>Se separat underlag för detaljer. Detta ärende måste hanteras först, beroende till att återuppta utskick av datakvalitetsrapport för organisation till Skånekatalogens katalogansvariga och registervårdare.</t>
+  </si>
+  <si>
+    <t>RITM1249618</t>
+  </si>
+  <si>
+    <t>Masterdata: Attribut framtida enhet i webbportalen och export av textvärden och ej enbart koder</t>
+  </si>
+  <si>
+    <t>Attribut framtida enhet behöver tas med i vyer (webbportalen). Därutöver ett antal attribut där både dess kod och beskrivning behövs vid export till Excel.</t>
+  </si>
+  <si>
+    <t>A. MVO visas både med kod och beskrivning
+B. Sjukhuskod visas både med kod och beskrivning
+C. Akutverksamhet visas både med kod och beskrivning
+D. Remisskod visas både med kod och beskrivning
+E. Vårdområde visas både med kod och beskrivning</t>
+  </si>
+  <si>
+    <t>Länkar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="12">
+  <dxfs count="13">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
@@ -843,65 +953,72 @@
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Förändringslogg" pivot="0" count="0" xr9:uid="{2D3842A4-E14F-4445-B005-E762F206C36B}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{146E9DA1-EDE6-400A-9BF6-E2A645727BC6}" name="Tabell1" displayName="Tabell1" ref="A1:I24" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="E1:E24"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{146E9DA1-EDE6-400A-9BF6-E2A645727BC6}" name="Tabell1" displayName="Tabell1" ref="A1:J26" totalsRowShown="0" headerRowDxfId="12" dataDxfId="10" headerRowBorderDxfId="11">
+  <autoFilter ref="A1:J26" xr:uid="{43C5631A-2F13-4F59-9EEE-44B393E88775}">
+    <filterColumn colId="4">
+      <customFilters>
+        <customFilter operator="notEqual" val=" "/>
+      </customFilters>
+    </filterColumn>
+  </autoFilter>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I26">
+    <sortCondition descending="1" ref="E1:E26"/>
   </sortState>
-  <tableColumns count="9">
-[...8 lines deleted...]
-    <tableColumn id="9" xr3:uid="{862337B4-401B-40D7-B211-090B12E0DD19}" name="Beskrivning förändring" dataDxfId="0"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{4BA367E1-9433-41A0-8134-B718A13FB9F8}" name="ID beställning" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{1E5BDFE2-9A08-466B-BB85-6EA7A710A400}" name="Berört MDO" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{67529019-11E1-49D7-A0A1-D942B9D04C15}" name="Status" dataDxfId="7"/>
+    <tableColumn id="4" xr3:uid="{16C4B34D-A129-469E-A5B6-D3D11D508B9C}" name="Datum beställning" dataDxfId="6"/>
+    <tableColumn id="5" xr3:uid="{B18BE100-4120-44F1-B71E-2C2D94EA49A8}" name="Datum driftsättning" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{23E9FB4A-7BBF-4092-BC08-1385BF8404B7}" name="Masterdata-förvaltning Devops ID" dataDxfId="4"/>
+    <tableColumn id="7" xr3:uid="{64FECFA4-73CD-4A16-BB07-0FA540BFD8D6}" name="Förändring" dataDxfId="3"/>
+    <tableColumn id="8" xr3:uid="{3D7D7F1A-D4CE-4A49-9E56-2154880507F2}" name="Bakgrund och syfte" dataDxfId="2"/>
+    <tableColumn id="9" xr3:uid="{862337B4-401B-40D7-B211-090B12E0DD19}" name="Beskrivning förändring" dataDxfId="1"/>
+    <tableColumn id="10" xr3:uid="{8B95EE31-CBDF-44E5-9742-292C97B20F64}" name="Länkar" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="Förändringslogg" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1184,779 +1301,857 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0BAA85B-8070-4244-A884-2373070E4E97}">
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E41" sqref="E41"/>
+      <pane ySplit="1" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I5" sqref="I5:I6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.33203125" style="6" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="8.6640625" style="6"/>
+    <col min="1" max="1" width="17.28515625" style="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" style="6" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" style="6" customWidth="1"/>
+    <col min="4" max="4" width="14.28515625" style="9" customWidth="1"/>
+    <col min="5" max="5" width="15.42578125" style="9" customWidth="1"/>
+    <col min="6" max="6" width="21.85546875" style="9" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="47.5703125" style="6" customWidth="1"/>
+    <col min="8" max="8" width="82.85546875" style="6" customWidth="1"/>
+    <col min="9" max="9" width="154.7109375" style="6" customWidth="1"/>
+    <col min="10" max="10" width="14.42578125" style="6" customWidth="1"/>
+    <col min="11" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="2" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" s="2" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="2" spans="1:9" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="J1" s="12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="4">
-        <v>45530</v>
+        <v>45992</v>
       </c>
       <c r="E2" s="4">
-        <v>46006</v>
+        <v>46057</v>
       </c>
       <c r="F2" s="5">
-        <v>51735</v>
+        <v>94800</v>
       </c>
       <c r="G2" s="3" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="H2" s="3" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="I2" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+        <v>111</v>
+      </c>
+      <c r="J2" s="13"/>
+    </row>
+    <row r="3" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="4">
-        <v>45940</v>
+        <v>45936</v>
       </c>
       <c r="E3" s="4">
-        <v>45980</v>
+        <v>46057</v>
       </c>
       <c r="F3" s="5">
-        <v>86531</v>
+        <v>85363</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+        <v>106</v>
+      </c>
+      <c r="I3" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="J3" s="14"/>
+    </row>
+    <row r="4" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="4">
-        <v>45932</v>
+        <v>45530</v>
       </c>
       <c r="E4" s="4">
-        <v>45980</v>
+        <v>46006</v>
       </c>
       <c r="F4" s="5">
-        <v>85335</v>
+        <v>51735</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+        <v>103</v>
+      </c>
+      <c r="J4" s="14"/>
+    </row>
+    <row r="5" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="4">
-        <v>45930</v>
+        <v>45940</v>
       </c>
       <c r="E5" s="4">
         <v>45980</v>
       </c>
       <c r="F5" s="5">
-        <v>84058</v>
+        <v>86531</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+        <v>17</v>
+      </c>
+      <c r="J5" s="14"/>
+    </row>
+    <row r="6" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="4">
-        <v>45930</v>
+        <v>45932</v>
       </c>
       <c r="E6" s="4">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="F6" s="5">
-        <v>84057</v>
+        <v>85335</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+      <c r="J6" s="14"/>
+    </row>
+    <row r="7" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="4">
-        <v>45924</v>
+        <v>45930</v>
       </c>
       <c r="E7" s="4">
-        <v>45959</v>
+        <v>45980</v>
       </c>
       <c r="F7" s="5">
-        <v>83300</v>
+        <v>84058</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>23</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>24</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+      <c r="J7" s="14"/>
+    </row>
+    <row r="8" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="4">
-        <v>45924</v>
+        <v>45930</v>
       </c>
       <c r="E8" s="4">
         <v>45959</v>
       </c>
       <c r="F8" s="5">
-        <v>83304</v>
+        <v>84057</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" ht="72" x14ac:dyDescent="0.3">
+        <v>29</v>
+      </c>
+      <c r="J8" s="14"/>
+    </row>
+    <row r="9" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="4">
-        <v>45842</v>
+        <v>45924</v>
       </c>
       <c r="E9" s="4">
         <v>45959</v>
       </c>
       <c r="F9" s="5">
-        <v>78565</v>
+        <v>83300</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>31</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>32</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+        <v>33</v>
+      </c>
+      <c r="J9" s="14"/>
+    </row>
+    <row r="10" spans="1:10" ht="45" hidden="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="4">
-        <v>45834</v>
-[...3 lines deleted...]
-      </c>
+        <v>45846</v>
+      </c>
+      <c r="E10" s="8"/>
       <c r="F10" s="5">
-        <v>78351</v>
+        <v>78566</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>43</v>
-[...8 lines deleted...]
-    <row r="11" spans="1:9" ht="144" x14ac:dyDescent="0.3">
+        <v>70</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J10" s="11"/>
+    </row>
+    <row r="11" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4">
-        <v>45755</v>
+        <v>45924</v>
       </c>
       <c r="E11" s="4">
-        <v>45931</v>
+        <v>45959</v>
       </c>
       <c r="F11" s="5">
-        <v>72790</v>
+        <v>83304</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+        <v>37</v>
+      </c>
+      <c r="J11" s="14"/>
+    </row>
+    <row r="12" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4">
-        <v>45742</v>
+        <v>45842</v>
       </c>
       <c r="E12" s="4">
-        <v>45896</v>
+        <v>45959</v>
       </c>
       <c r="F12" s="5">
-        <v>70503</v>
+        <v>78565</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+        <v>41</v>
+      </c>
+      <c r="J12" s="14"/>
+    </row>
+    <row r="13" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4">
-        <v>45793</v>
+        <v>45834</v>
       </c>
       <c r="E13" s="4">
-        <v>45882</v>
+        <v>45959</v>
       </c>
       <c r="F13" s="5">
-        <v>75833</v>
+        <v>78351</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-    <row r="14" spans="1:9" ht="57.6" x14ac:dyDescent="0.3">
+        <v>43</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="J13" s="14"/>
+    </row>
+    <row r="14" spans="1:10" ht="150" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="4">
-        <v>45789</v>
+        <v>45755</v>
       </c>
       <c r="E14" s="4">
-        <v>45833</v>
+        <v>45931</v>
       </c>
       <c r="F14" s="5">
-        <v>75231</v>
+        <v>72790</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+        <v>49</v>
+      </c>
+      <c r="J14" s="14"/>
+    </row>
+    <row r="15" spans="1:10" ht="30" hidden="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="4">
-        <v>45742</v>
-[...3 lines deleted...]
-      </c>
+        <v>45789</v>
+      </c>
+      <c r="E15" s="8"/>
       <c r="F15" s="5">
-        <v>70501</v>
+        <v>75233</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+        <v>76</v>
+      </c>
+      <c r="J15" s="11"/>
+    </row>
+    <row r="16" spans="1:10" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="4">
-        <v>45603</v>
+        <v>45742</v>
       </c>
       <c r="E16" s="4">
-        <v>45763</v>
+        <v>45896</v>
       </c>
       <c r="F16" s="5">
-        <v>57147</v>
+        <v>70503</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+        <v>53</v>
+      </c>
+      <c r="J16" s="14"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="4">
-        <v>45846</v>
-[...1 lines deleted...]
-      <c r="E17" s="8"/>
+        <v>45793</v>
+      </c>
+      <c r="E17" s="4">
+        <v>45882</v>
+      </c>
       <c r="F17" s="5">
-        <v>78566</v>
+        <v>75833</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+        <v>56</v>
+      </c>
+      <c r="I17" s="3"/>
+      <c r="J17" s="14"/>
+    </row>
+    <row r="18" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="4">
         <v>45789</v>
       </c>
-      <c r="E18" s="8"/>
+      <c r="E18" s="4">
+        <v>45833</v>
+      </c>
       <c r="F18" s="5">
-        <v>75233</v>
+        <v>75231</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+        <v>60</v>
+      </c>
+      <c r="J18" s="14"/>
+    </row>
+    <row r="19" spans="1:10" ht="45" hidden="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="4">
         <v>45742</v>
       </c>
       <c r="E19" s="8"/>
       <c r="F19" s="5">
         <v>70502</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>78</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>80</v>
       </c>
-    </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="J19" s="11"/>
+    </row>
+    <row r="20" spans="1:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="4">
         <v>45723</v>
       </c>
       <c r="E20" s="8"/>
       <c r="F20" s="5">
         <v>69664</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>82</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>84</v>
       </c>
-    </row>
-    <row r="21" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="J20" s="11"/>
+    </row>
+    <row r="21" spans="1:10" ht="30" hidden="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="4">
         <v>45637</v>
       </c>
       <c r="E21" s="8"/>
       <c r="F21" s="5">
         <v>59468</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>86</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>87</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>88</v>
       </c>
-    </row>
-    <row r="22" spans="1:9" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="J21" s="11"/>
+    </row>
+    <row r="22" spans="1:10" ht="60" hidden="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="4">
         <v>45609</v>
       </c>
       <c r="E22" s="8"/>
       <c r="F22" s="5">
         <v>57582</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>91</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>92</v>
       </c>
-    </row>
-    <row r="23" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="J22" s="11"/>
+    </row>
+    <row r="23" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="4">
-        <v>45603</v>
-[...1 lines deleted...]
-      <c r="E23" s="8"/>
+        <v>45742</v>
+      </c>
+      <c r="E23" s="4">
+        <v>45785</v>
+      </c>
       <c r="F23" s="5">
-        <v>57145</v>
+        <v>70501</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>94</v>
+        <v>62</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" ht="158.4" x14ac:dyDescent="0.3">
+        <v>64</v>
+      </c>
+      <c r="J23" s="14"/>
+    </row>
+    <row r="24" spans="1:10" ht="30" hidden="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="4">
-        <v>45596</v>
+        <v>45603</v>
       </c>
       <c r="E24" s="8"/>
       <c r="F24" s="5">
+        <v>57145</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J24" s="11"/>
+    </row>
+    <row r="25" spans="1:10" ht="165" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="4">
+        <v>45596</v>
+      </c>
+      <c r="E25" s="8"/>
+      <c r="F25" s="5">
         <v>56867</v>
       </c>
-      <c r="G24" s="3" t="s">
+      <c r="G25" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="H24" s="3" t="s">
+      <c r="H25" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="I24" s="3" t="s">
+      <c r="I25" s="3" t="s">
         <v>100</v>
       </c>
+      <c r="J25" s="11"/>
+    </row>
+    <row r="26" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" s="4">
+        <v>45603</v>
+      </c>
+      <c r="E26" s="4">
+        <v>45763</v>
+      </c>
+      <c r="F26" s="5">
+        <v>57147</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="J26" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010032EA6199DE571447B604F78C39938184" ma:contentTypeVersion="19" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="4d12186aa62b0cdeb9871c9389dbf3b8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d7b40e0d-70fe-487d-90d8-c91e32541cb9" xmlns:ns3="4b21e3d7-508f-4324-9789-093cbd195ffd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ae79d4c9360a6bc6ad841d6e619cc189" ns2:_="" ns3:_="">
     <xsd:import namespace="d7b40e0d-70fe-487d-90d8-c91e32541cb9"/>
     <xsd:import namespace="4b21e3d7-508f-4324-9789-093cbd195ffd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:Godk_x00e4_nnande" minOccurs="0"/>
@@ -2170,96 +2365,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d7b40e0d-70fe-487d-90d8-c91e32541cb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="4b21e3d7-508f-4324-9789-093cbd195ffd" xsi:nil="true"/>
     <Godk_x00e4_nnande xmlns="d7b40e0d-70fe-487d-90d8-c91e32541cb9" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD42642-6DC7-4924-9157-92E5E7B4440B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d7b40e0d-70fe-487d-90d8-c91e32541cb9"/>
     <ds:schemaRef ds:uri="4b21e3d7-508f-4324-9789-093cbd195ffd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36BDC5EA-5BFE-419C-873D-22967A6DFB82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d7b40e0d-70fe-487d-90d8-c91e32541cb9"/>
     <ds:schemaRef ds:uri="4b21e3d7-508f-4324-9789-093cbd195ffd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE709749-1A18-40BB-A447-C14498E8A9C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{92f52389-3f0f-4623-9a3b-957c32d194e5}" enabled="0" method="" siteId="{92f52389-3f0f-4623-9a3b-957c32d194e5}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>